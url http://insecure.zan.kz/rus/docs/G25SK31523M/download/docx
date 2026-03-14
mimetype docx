--- v1 (2025-12-26)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b2ff515" w14:textId="b2ff515">
+    <w:p w14:paraId="d954faf" w14:textId="d954faf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -868,62 +868,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Настоящее решение вводится в действие с 1 января 2025 года. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -941,51 +942,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Тайыншинского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1405,231 +1406,229 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 15.10.2025 № 367/26 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="852"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2223"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z48" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1658,129 +1657,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1803,3833 +1788,3546 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77627,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25243,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9577</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9577</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15624,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 186</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 129,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13766,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1542,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 501,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 501,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и во внебюджетные фонды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 501,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 564,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 564,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 564,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51318,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51318,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5663,180 +5361,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5865,129 +5560,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6010,4030 +5691,3715 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80718,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43651,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43651,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43631,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммунальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23721,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23721,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13760,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11237</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11237</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно - досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11237</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1636</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1636</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1636</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 473,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 473,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных(недоиспользованных) целевых тансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 473,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10067,180 +9433,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10269,129 +9632,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10414,201 +9763,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10642,180 +9977,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z43" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10844,129 +10176,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10989,204 +10307,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11220,180 +10517,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z44" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11422,129 +10716,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11567,974 +10847,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -3090,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -3090,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3090,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12568,180 +11757,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z45" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12770,129 +11956,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12915,392 +12087,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13334,180 +12478,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z46" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13536,129 +12677,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13681,583 +12808,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3090,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3090,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2223" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14623,231 +13708,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Келлеровского сельского округа Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1433"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z54" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14876,129 +13959,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15021,3260 +14090,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64998</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9912</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9912</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 153</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13436</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18308,180 +17132,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z55" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18510,129 +17331,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18655,4039 +17462,3703 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64998</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1552</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6677</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11006</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11006</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно - досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11006</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных(недоиспользованных) целевых тансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22721,180 +21192,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z56" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22923,129 +21391,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23068,201 +21522,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23296,180 +21736,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z57" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23498,129 +21935,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23643,204 +22066,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23874,180 +22276,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z58" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24076,129 +22475,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24221,780 +22606,710 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25028,180 +23343,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25230,129 +23542,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25375,392 +23673,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25794,180 +24064,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z60" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25996,129 +24263,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26141,583 +24394,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27083,231 +25294,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Келлеровского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1433"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z67" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27336,129 +25545,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27481,3260 +25676,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65997</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27646</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10259</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10259</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16663</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 159</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13905</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 679</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 679</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 679</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38351</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38351</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30768,180 +28718,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z68" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30970,129 +28917,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31115,4039 +29048,3703 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65997</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1606</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно - досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1752</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1752</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1752</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных(недоиспользованных) целевых тансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35181,180 +32778,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z69" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35383,129 +32977,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35528,201 +33108,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35756,180 +33322,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z70" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35958,129 +33521,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36103,204 +33652,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36334,180 +33862,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z71" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36536,129 +34061,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36681,780 +34192,710 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37488,180 +34929,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z72" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37690,129 +35128,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37835,392 +35259,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38254,180 +35650,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z73" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38456,129 +35849,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38601,583 +35980,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39543,215 +36880,209 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2024 года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1403"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3161"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39780,129 +37111,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39925,583 +37242,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3090.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3090.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40535,164 +37810,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40721,129 +37989,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40866,1541 +38120,1422 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3090.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3090.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3090.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2597,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 473,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 473,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>