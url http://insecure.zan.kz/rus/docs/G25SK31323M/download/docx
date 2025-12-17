--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="657dc8b" w14:textId="657dc8b">
+    <w:p w14:paraId="67c23d7" w14:textId="67c23d7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,554 +232,594 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        1. Утвердить бюджет Чкаловского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 94282,0 тысяч тенге:</w:t>
+      1) доходы – 102658 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 38572,0 тысяч тенге;</w:t>
+      налоговые поступления – 39728 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 2220 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 55710,0 тысяч тенге;</w:t>
+      поступления трансфертов – 60710 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 101387,5 тысяч тенге;</w:t>
+      2) затраты – 109163,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) дефицит (профицит) бюджета – -7105,5 тысяч тенге; </w:t>
+      5) дефицит (профицит) бюджета – - 6505,3 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – -7105,5 тысяч тенге</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – - 6505,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета – 7105,3 тысяч тенге:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета - 6505,3 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 7105,5 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 6505,3 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 12.06.2025 № 319/24 (вводится в действие с 01.01.2025); от 15.10.2025 № 369/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Чкаловского сельского округа Тайыншинского района Северо-Казахстанской области формируются в соответствии с Бюджетным Кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть в бюджете Чкаловского сельского округа на 2025 год поступление целевых текущих трансфертов из республиканского бюджета в сумме 77 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете Чкаловского сельского округа на 2025 год поступление целевых текущих трансфертов из районного бюджета в сумме 1704 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Установить бюджетную субвенцию, передаваемую из районного бюджета в бюджет Чкаловского сельского округа на 2025 года сумме 53929 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Учесть в бюджет Чкаловского сельского округа на 2025 год расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года, в сумме 7105,5 тысяч тенге согласно приложению 4 к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Тайыншинского района Северо-Казахстанской области от 27 декабря 2024 года № 267/20 "Об утверждении бюджета Чкаловского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1217,248 +1257,264 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 313/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Чкаловского сельского округа Тайыншинского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 12.06.2025 № 319/24 (вводится в действие с 01.01.2025); от 15.10.2025 № 369/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1481,116 +1537,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1613,7901 +1668,8170 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-94282</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+102658</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-38572</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39728</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-18130</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19261</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-18130</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19261</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-19214</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20237</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-322</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+331</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-16279</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17293</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2281</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-1228</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+230</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-1228</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+230</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-55710</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-55710</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-55710</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1980</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60710</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...122 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60710</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...162 lines deleted...]
-101387,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60710</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-53879,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z40" w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...135 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...135 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-580</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+109163,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-1500</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61580,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-41353</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61580,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-25000</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60178,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-16353</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+580</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-3271</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+822</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-3271</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41448,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-3271</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41448,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-2284</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-2284</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-2284</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11448,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-600,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-600,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-600,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2263</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2263</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...122 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, села, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2253</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат сумм неиспользуемых (недоиспользуемых) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...68 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z41" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...105 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...123 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...130 lines deleted...]
-0</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z42" w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9526,2895 +9850,3759 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...163 lines deleted...]
--7105,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...130 lines deleted...]
-7105,5</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z43" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...125 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...91 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...133 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-6505,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-6505,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6505,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...137 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Класс</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...95 lines deleted...]
-Подкласс</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-7105,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-7105,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашения займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6505,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6505,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-7105,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6505,3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12719,65 +13907,10654 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 313/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Чкаловского сельского округа Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94430</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39922</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18764</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18764</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19887</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+333</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+344</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16849</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2361</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1271</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1271</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54508</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54508</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54508</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z50" w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94430</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49747</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49747</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49747</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25875</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13173</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3271</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3271</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3271</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2364</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2364</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, села, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2364</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашения займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к решению маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тайыншинского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 8 мая 2025 года № 313/23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z56" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Чкаловского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -13274,51 +25051,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94430</w:t>
+96414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13451,51 +25228,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39922</w:t>
+41318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13628,51 +25405,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18764</w:t>
+19421</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13805,51 +25582,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18764</w:t>
+19421</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13982,51 +25759,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19887</w:t>
+20582</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14159,51 +25936,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-333</w:t>
+345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14336,51 +26113,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-344</w:t>
+356</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14513,51 +26290,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16849</w:t>
+17438</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14690,51 +26467,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2361</w:t>
+2443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14867,51 +26644,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1271</w:t>
+1315</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15044,51 +26821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1271</w:t>
+1315</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15221,51 +26998,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54508</w:t>
+55096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15398,51 +27175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54508</w:t>
+55096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15575,51 +27352,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54508</w:t>
+55096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15676,51 +27453,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="35"/>
+          <w:bookmarkStart w:name="z57" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16115,51 +27892,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94430</w:t>
+96414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16292,51 +28069,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49747</w:t>
+50281</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16469,51 +28246,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49747</w:t>
+50281</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16646,51 +28423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49747</w:t>
+50281</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16823,51 +28600,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39048</w:t>
+40415</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17000,51 +28777,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39048</w:t>
+40415</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17177,51 +28954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25875</w:t>
+26781</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17354,51 +29131,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13173</w:t>
+13634</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18062,51 +29839,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2364</w:t>
+2447</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18239,51 +30016,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2364</w:t>
+2447</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18416,51 +30193,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2364</w:t>
+2447</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -20690,51 +32467,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Ненефтяной дефицит (профицит) бюджета</w:t>
+6)ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23042,51 +34819,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -23308,68 +35085,84 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 313/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Чкаловского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
+        <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 4 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 12.06.2025 № 319/24 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -23722,369 +35515,373 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-96414</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6505,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-41318</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6505,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24104,520 +35901,382 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-19421</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6505,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-19421</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -24676,125 +36335,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...73 lines deleted...]
-          </w:p>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -24844,309 +36457,305 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-356</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6505,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-17438</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2880,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25166,164 +36775,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2443</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2880,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25343,164 +36952,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1315</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25561,477 +37170,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-1315</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+580</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-55096</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-55096</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3024,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26051,402 +37660,520 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-55096</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3024,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3024,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...69 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -26464,120 +38191,166 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...68 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -26627,6972 +38400,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...6920 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -33617,3791 +38550,108 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...275 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="38"/>
-[...3405 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -37727,31 +38977,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>