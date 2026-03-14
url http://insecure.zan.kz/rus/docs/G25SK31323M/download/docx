--- v1 (2025-12-17)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="67c23d7" w14:textId="67c23d7">
+    <w:p w14:paraId="4d7dec6" w14:textId="4d7dec6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -512,51 +512,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ненефтяной дефицит (профицит) бюджета – - 6505,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета - 6505,3 тысяч тенге:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 6505,3 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
@@ -599,51 +599,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Сноска. Пункт 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 12.06.2025 № 319/24 (вводится в действие с 01.01.2025); от 15.10.2025 № 369/26 (вводится в действие с 01.01.2025).</w:t>
+        <w:t>      Сноска. Пункт 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 12.06.2025 № 319/24 (вводится в действие с 01.01.2025); от 15.10.2025 № 369/26 (вводится в действие с 01.01.2025); от 06.11.2025 № 388/27 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1290,115 +1290,117 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Чкаловского сельского округа Тайыншинского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сноска. Приложение 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 12.06.2025 № 319/24 (вводится в действие с 01.01.2025); от 15.10.2025 № 369/26 (вводится в действие с 01.01.2025).</w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 12.06.2025 № 319/24 (вводится в действие с 01.01.2025); от 15.10.2025 № 369/26 (вводится в действие с 01.01.2025); от 06.11.2025 № 388/27 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z44" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4940,70 +4942,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="28"/>
+          <w:bookmarkStart w:name="z40" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkEnd w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5556,51 +5558,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61580,3</w:t>
+64699,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5733,51 +5735,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61580,3</w:t>
+64699,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5910,51 +5912,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60178,3</w:t>
+63313,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6087,51 +6089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-580</w:t>
+563,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6441,51 +6443,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41448,8</w:t>
+37910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6618,51 +6620,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41448,8</w:t>
+37910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6795,51 +6797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25000</w:t>
+21000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7149,51 +7151,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11448,8</w:t>
+11910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7326,51 +7328,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3271</w:t>
+3671</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7503,51 +7505,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3271</w:t>
+3671</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7680,51 +7682,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3271</w:t>
+3671</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7857,51 +7859,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2263</w:t>
+2283</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8034,51 +8036,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2263</w:t>
+2283</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8388,51 +8390,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9020,70 +9022,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="29"/>
+          <w:bookmarkStart w:name="z41" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
+          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9741,70 +9743,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="30"/>
+          <w:bookmarkStart w:name="z42" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
+          <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10281,70 +10283,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="31"/>
+          <w:bookmarkStart w:name="z43" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
+          <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11074,51 +11076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--6505,3</w:t>
+- 6505,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11247,51 +11249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--6505,3</w:t>
+- 6505,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13907,68 +13909,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 313/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="32"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Чкаловского сельского округа Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16864,70 +16866,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="33"/>
+          <w:bookmarkStart w:name="z50" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24496,68 +24498,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 313/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="34"/>
+    <w:bookmarkStart w:name="z56" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Чкаловского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -27453,70 +27455,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="35"/>
+          <w:bookmarkStart w:name="z57" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
+          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -38603,55 +38605,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>