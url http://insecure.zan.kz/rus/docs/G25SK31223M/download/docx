--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="01a9e48" w14:textId="01a9e48">
+    <w:p w14:paraId="242e678" w14:textId="242e678">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,655 +216,714 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах", маслихат Тайыншинского района Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Драгомировского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 43879 тысяч тенге:</w:t>
+      1) доходы – 41942 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 14421 тысяч тенге;</w:t>
+      налоговые поступления – 13784 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 1366 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 66 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 28092 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 51489,9 тысяч тенге;</w:t>
+      2) затраты – 49552,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -7610,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ненефтяной дефицит (профицит) бюджета – -7610,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) финансирование дефицита (использование профицита) бюджета – 7610,9 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 7610,9 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 15.10.2025 № 379/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Драгомировского сельского округа Тайыншинского района формируются в соответствии с Бюджетным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть в бюджете Драгомировского сельского округа на 2025 год поступление целевых текущих трансфертов из республиканского бюджета в сумме 20 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете Драгомировского сельского округа на 2025 год поступление целевых текущих трансфертов из районного бюджета в сумме 1000 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Предусмотреть в бюджете Драгомировского сельского округа на 2025 год расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года, согласно приложению 4 к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Установить бюджетную субвенцию, передаваемую из районного бюджета в бюджет Драгомировского сельского округа на 2025 год, в сумме 26643 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Признать утратившими силу следующие решения маслихата Тайыншинского района Северо-Казахстанской области:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Тайыншинского района Северо-Казахстанской области от 27 декабря 2024 года № 256/20 "Об утверждении бюджета Драгомировского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Тайыншинского района Северо-Казахстанской области от 5 марта 2025 года № 282/21 "О внесении изменений и дополнений в решение маслихата Тайыншинского района Северо-Казахстанской области от 27 декабря 2024 года № 256/20 "Об утверждении бюджета Драгомировского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы"".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -882,51 +941,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Тайыншинского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1277,260 +1336,300 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 312/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Драгомировского сельского округа Тайыншинского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 15.10.2025 № 379/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1339"/>
+        <w:gridCol w:w="1820"/>
+        <w:gridCol w:w="1820"/>
+        <w:gridCol w:w="3744"/>
+        <w:gridCol w:w="3577"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z49" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:bookmarkEnd w:id="30"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1559,115 +1658,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1690,3015 +1803,3260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-43879</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41942</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-14421</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-4178</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4535</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-4178</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4535</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-7225</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6672</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-359</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+565</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3018</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3018</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1366</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1366</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1366</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4732,177 +5090,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="32"/>
+          <w:bookmarkStart w:name="z41" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4931,115 +5292,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5062,3184 +5437,3457 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-51489,9</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49552,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-33370</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-33370</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30355</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-15548</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-15548</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3709</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5983</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение в населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9839</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6489</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2311</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2311</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2311</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8273,177 +8921,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="33"/>
+          <w:bookmarkStart w:name="z42" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8472,115 +9123,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8603,187 +9268,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8817,177 +9496,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z44" w:id="34"/>
+          <w:bookmarkStart w:name="z43" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9016,115 +9698,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9147,183 +9843,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9357,177 +10074,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z45" w:id="35"/>
+          <w:bookmarkStart w:name="z44" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9556,115 +10276,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9687,883 +10421,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
--7610,9</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
--7610,9</w:t>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10597,177 +11422,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="36"/>
+          <w:bookmarkStart w:name="z45" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10796,115 +11624,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10927,364 +11769,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11318,177 +12188,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z47" w:id="37"/>
+          <w:bookmarkStart w:name="z46" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11517,115 +12390,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11648,561 +12535,599 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...78 lines deleted...]
-          <w:bookmarkStart w:name="z48" w:id="38"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных средств</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:bookmarkEnd w:id="37"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12537,260 +13462,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 312/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Драгомировского сельского округа Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1433"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="4004"/>
+        <w:gridCol w:w="2971"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="40"/>
+          <w:bookmarkStart w:name="z55" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12819,115 +13746,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12950,3015 +13891,3260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13891</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6906</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15992,177 +17178,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="41"/>
+          <w:bookmarkStart w:name="z56" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16191,115 +17380,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16322,2476 +17525,2693 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10571</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10571</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3839</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение в населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4662</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18825,177 +20245,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="42"/>
+          <w:bookmarkStart w:name="z57" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19024,115 +20447,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19155,187 +20592,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19369,177 +20820,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="43"/>
+          <w:bookmarkStart w:name="z58" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="42"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19568,115 +21022,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19699,183 +21167,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19909,177 +21398,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="44"/>
+          <w:bookmarkStart w:name="z59" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="43"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20108,115 +21600,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20239,883 +21745,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21149,177 +22746,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="45"/>
+          <w:bookmarkStart w:name="z60" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="44"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21348,115 +22948,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21479,364 +23093,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21870,177 +23512,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="46"/>
+          <w:bookmarkStart w:name="z61" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="45"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22069,115 +23714,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22200,561 +23859,599 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...78 lines deleted...]
-          <w:bookmarkStart w:name="z62" w:id="47"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z62" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных средств</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:bookmarkEnd w:id="46"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23089,260 +24786,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 312/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="48"/>
+    <w:bookmarkStart w:name="z68" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Драгомировского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1433"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="4004"/>
+        <w:gridCol w:w="2971"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="49"/>
+          <w:bookmarkStart w:name="z69" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="48"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23371,115 +25070,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23502,3015 +25215,3260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14377</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 385</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26544,177 +28502,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="50"/>
+          <w:bookmarkStart w:name="z70" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="49"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26743,115 +28704,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26874,2476 +28849,2693 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3973</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2142</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение в населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4825</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29377,177 +31569,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="51"/>
+          <w:bookmarkStart w:name="z71" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="50"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29576,115 +31771,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29707,187 +31916,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29921,177 +32144,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="52"/>
+          <w:bookmarkStart w:name="z72" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="51"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30120,115 +32346,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30251,183 +32491,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30461,177 +32722,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="53"/>
+          <w:bookmarkStart w:name="z73" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="52"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30660,115 +32924,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30791,883 +33069,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31701,177 +34070,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="54"/>
+          <w:bookmarkStart w:name="z74" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="53"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31900,115 +34272,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32031,364 +34417,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32422,177 +34836,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="55"/>
+          <w:bookmarkStart w:name="z75" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="54"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32621,115 +35038,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32752,561 +35183,599 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...78 lines deleted...]
-          <w:bookmarkStart w:name="z76" w:id="56"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z76" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных средств</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:bookmarkEnd w:id="55"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33641,240 +36110,246 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 312/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="57"/>
+    <w:bookmarkStart w:name="z82" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1495"/>
+        <w:gridCol w:w="2031"/>
+        <w:gridCol w:w="2031"/>
+        <w:gridCol w:w="3375"/>
+        <w:gridCol w:w="3368"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33903,115 +36378,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34034,714 +36523,777 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34775,157 +37327,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34954,115 +37513,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35085,1776 +37658,1923 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственных органов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36916,55 +39636,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -37290,31 +40010,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>