--- v1 (2025-12-26)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="242e678" w14:textId="242e678">
+    <w:p w14:paraId="58f5992" w14:textId="58f5992">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -868,62 +868,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -941,51 +942,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Тайыншинского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1405,231 +1406,229 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 15.10.2025 № 379/26 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1339"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3577"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z49" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1658,129 +1657,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1803,3260 +1788,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41942</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4535</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4535</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6672</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 565</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5090,180 +4830,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5292,129 +5029,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5437,3457 +5160,3184 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49552,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5983</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение в населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6489</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8921,180 +8371,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9123,129 +8570,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9268,201 +8701,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9496,180 +8915,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z43" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9698,129 +9114,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9843,204 +9245,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10074,180 +9455,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z44" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10276,129 +9654,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10421,974 +9785,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 - 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 - 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11422,180 +10695,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z45" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11624,129 +10894,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11769,392 +11025,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12188,180 +11416,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z46" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12390,129 +11615,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12535,599 +11746,561 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z47" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных средств</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3577" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1820" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1339" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1820" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13493,231 +12666,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Драгомировского сельского округа Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1433"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z55" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13746,129 +12917,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13891,3260 +13048,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13891</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6906</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17178,180 +16090,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z56" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17380,129 +16289,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17525,2693 +16420,2476 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10571</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10571</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3839</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение в населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4662</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20245,180 +18923,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z57" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20447,129 +19122,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20592,201 +19253,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20820,180 +19467,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z58" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21022,129 +19666,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21167,204 +19797,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21398,180 +20007,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21600,129 +20206,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21745,974 +20337,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22746,180 +21247,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z60" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22948,129 +21446,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23093,392 +21577,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23512,180 +21968,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z61" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23714,129 +22167,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23859,599 +22298,561 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z62" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных средств</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2971" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24817,231 +23218,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Драгомировского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1433"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z69" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25070,129 +23469,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25215,3260 +23600,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14377</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 385</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28502,180 +26642,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z70" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28704,129 +26841,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28849,2693 +26972,2476 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3973</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2142</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение в населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4825</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31569,180 +29475,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z71" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31771,129 +29674,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31916,201 +29805,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32144,180 +30019,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z72" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32346,129 +30218,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32491,204 +30349,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32722,180 +30559,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z73" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32924,129 +30758,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33069,974 +30889,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34070,180 +31799,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z74" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34272,129 +31998,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34417,392 +32129,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34836,180 +32520,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z75" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35038,129 +32719,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35183,599 +32850,561 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z76" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных средств</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2971" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36141,215 +33770,209 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1495"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3368"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36378,129 +34001,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36523,777 +34132,714 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37327,164 +34873,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37513,129 +35052,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37658,1923 +35183,1776 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственных органов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>