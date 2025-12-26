--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2f52f78" w14:textId="2f52f78">
+    <w:p w14:paraId="285ec25" w14:textId="285ec25">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,579 +232,618 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Алаботинского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 29813 тысяч тенге:</w:t>
+      1) доходы – 31345 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления –5395тысяч тенге;</w:t>
+      налоговые поступления – 6927 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 0тысяч тенге;</w:t>
+      неналоговые поступления – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 24418 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты –29872,6 тысяч тенге;</w:t>
+      2) затраты – 31404,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0тысяч тенге:</w:t>
+      3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов – 0тысяч тенге;</w:t>
+      погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0тысяч тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      приобретение финансовых активов – 0тысяч тенге;</w:t>
+      приобретение финансовых активов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи финансовых активов государства – 0тысяч тенге;</w:t>
+      поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 59,6 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -59,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – - 59,6 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – -59,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) финансирование дефицита (использование профицита) бюджета – 59,6 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление займов – 0тысяч тенге;</w:t>
+      поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 59,6 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 15.10.2025 № 374/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Алаботинского сельского округа формируются в соответствии с Бюджетным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить бюджетную субвенцию, передаваемую из районного бюджета в бюджет Алаботинского сельского округа на 2025 год в сумме 22692 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете Алаботинского сельского округа на 2025 год поступления целевых текущих трансфертов из республиканского бюджета в бюджет Алаботинского сельского округа в сумме 20 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете Алаботинского сельского округа на 2025 год поступления целевых текущих трансфертов из районного бюджета в бюджет Алаботинского сельского округа в сумме 1706 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Учесть в бюджете Алаботинского сельского округа на 2025 год расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года, в сумме 59,6 тысяч тенге согласно приложению 4 к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Тайыншинского района Северо-Казахстанской области от 27 декабря 2024 года №252/20 "Об утверждении бюджета Алаботинского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -822,51 +861,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Тайыншинского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1217,248 +1256,284 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 311/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Алаботинского сельского округа Тайыншинского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 15.10.2025 № 374/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1481,116 +1556,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1613,2688 +1701,2898 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-29813</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-5395</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6927</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...97 lines deleted...]
-1914</w:t>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...166 lines deleted...]
-1914</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-3061</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3161</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-2901</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4317,148 +4615,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4481,4287 +4760,4050 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...128 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-29872,6</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31404,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-24900</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26432,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-24900</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26432,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-24900</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-3812</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-2156</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1656</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2156</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1101</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение в населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-59,6</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...194 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...164 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Подкласс</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...29 lines deleted...]
-5</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...101 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8784,148 +8826,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8948,406 +8971,415 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...128 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9370,117 +9402,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9503,3206 +9547,2707 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...167 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...163 lines deleted...]
-- 59,6</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...163 lines deleted...]
-- 59,6</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...163 lines deleted...]
-59,6</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...130 lines deleted...]
-0</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...105 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...94 lines deleted...]
-Администратор бюджетных программ</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...154 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...129 lines deleted...]
-0</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...110 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...61 lines deleted...]
-1</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59,6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...552 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13037,242 +12582,248 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 311/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="29"/>
+    <w:bookmarkStart w:name="z44" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Алаботинского сельского округа Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="1284"/>
+        <w:gridCol w:w="1277"/>
+        <w:gridCol w:w="1150"/>
+        <w:gridCol w:w="594"/>
+        <w:gridCol w:w="1744"/>
+        <w:gridCol w:w="3589"/>
+        <w:gridCol w:w="2662"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13301,116 +12852,130 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13433,225 +12998,246 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13661,1781 +13247,1914 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5584</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИПН с доходов не облагаемых у источника выплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1982</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИПН с доходов не облагаемых у источника выплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1982</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3167</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15445,490 +15164,532 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15962,157 +15723,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16141,148 +15909,169 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16305,2728 +16094,3022 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2231</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19060,157 +19143,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19239,111 +19329,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19372,51 +19476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19426,203 +19530,224 @@
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19638,102 +19763,109 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19767,189 +19899,203 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19978,148 +20124,169 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20142,216 +20309,244 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20385,157 +20580,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20564,111 +20766,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20697,51 +20913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20751,203 +20967,224 @@
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20963,668 +21200,738 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21634,135 +21941,149 @@
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21796,189 +22117,203 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22007,148 +22342,169 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22171,293 +22527,321 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22467,417 +22851,459 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22887,134 +23313,148 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашения займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23048,157 +23488,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23227,116 +23674,130 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23359,51 +23820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23413,490 +23874,532 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24231,242 +24734,248 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 311/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="30"/>
+    <w:bookmarkStart w:name="z50" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Алаботинского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="1284"/>
+        <w:gridCol w:w="1277"/>
+        <w:gridCol w:w="1150"/>
+        <w:gridCol w:w="594"/>
+        <w:gridCol w:w="1744"/>
+        <w:gridCol w:w="3589"/>
+        <w:gridCol w:w="2662"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24495,116 +25004,130 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24627,225 +25150,246 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24855,1947 +25399,2115 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИПН с доходов не облагаемых у источника выплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИПН с доходов не облагаемых у источника выплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26805,490 +27517,532 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27322,157 +28076,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27501,148 +28262,169 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27665,499 +28447,555 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28167,837 +29005,921 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно -коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29007,1047 +29929,1152 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1774</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30057,966 +31084,1078 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31050,157 +32189,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31229,111 +32375,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31362,51 +32522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31416,203 +32576,224 @@
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31628,102 +32809,109 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31757,189 +32945,203 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31968,148 +33170,169 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32132,216 +33355,244 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32375,157 +33626,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32554,111 +33812,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32687,51 +33959,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32741,203 +34013,224 @@
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32953,668 +34246,738 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33624,135 +34987,149 @@
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33786,189 +35163,203 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33997,148 +35388,169 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34161,293 +35573,321 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34457,417 +35897,459 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34877,134 +36359,148 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашения займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35038,157 +36534,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35217,116 +36720,130 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35349,51 +36866,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35403,490 +36920,532 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36221,260 +37780,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 311/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="31"/>
+    <w:bookmarkStart w:name="z56" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1637"/>
+        <w:gridCol w:w="2224"/>
+        <w:gridCol w:w="2224"/>
+        <w:gridCol w:w="3696"/>
+        <w:gridCol w:w="2519"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3696" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="32"/>
+          <w:bookmarkStart w:name="z57" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36503,115 +38064,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36634,714 +38209,777 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37375,205 +39013,204 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3696" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="33"/>
+          <w:bookmarkStart w:name="z58" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тысяч</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37602,115 +39239,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37733,714 +39384,777 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2224" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38502,55 +40216,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -38876,31 +40590,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>