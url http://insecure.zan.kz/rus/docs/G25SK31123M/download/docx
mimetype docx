--- v1 (2025-12-26)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="285ec25" w14:textId="285ec25">
+    <w:p w14:paraId="7e1d03f" w14:textId="7e1d03f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -788,62 +788,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -861,51 +862,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Тайыншинского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1305,229 +1306,227 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сноска. Приложение 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 15.10.2025 № 374/26 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1556,129 +1555,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1701,2687 +1686,2484 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6927</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3161</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4415,178 +4197,175 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4615,129 +4394,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4760,3266 +4525,3007 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31404,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26432,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26432,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2156</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение в населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8053,178 +7559,175 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8253,129 +7756,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8398,201 +7887,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8626,178 +8101,175 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8826,129 +8298,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8971,204 +8429,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9202,178 +8639,175 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9402,129 +8836,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9547,974 +8967,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10548,178 +9877,175 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10748,129 +10074,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10893,392 +10205,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11312,178 +10596,175 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11512,129 +10793,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11657,597 +10924,559 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12613,217 +11842,211 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Алаботинского сельского округа Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1284"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2662"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12852,130 +12075,116 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12998,246 +12207,225 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13247,1914 +12435,1781 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5584</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИПН с доходов не облагаемых у источника выплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1982</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИПН с доходов не облагаемых у источника выплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1982</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3167</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15164,532 +14219,490 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15723,164 +14736,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15909,169 +14915,148 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16094,3022 +15079,2728 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1277" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1277" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2231</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1277" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19143,164 +17834,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19329,125 +18013,111 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19476,51 +18146,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19530,224 +18200,203 @@
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19763,109 +18412,102 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19899,203 +18541,189 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20124,169 +18752,148 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20309,244 +18916,216 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20580,164 +19159,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20766,125 +19338,111 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20913,51 +19471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20967,224 +19525,203 @@
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21200,738 +19737,668 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21941,149 +20408,135 @@
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22117,203 +20570,189 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22342,169 +20781,148 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22527,321 +20945,293 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1277" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22851,459 +21241,417 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1277" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23313,148 +21661,134 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашения займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23488,164 +21822,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23674,130 +22001,116 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23820,51 +22133,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23874,532 +22187,490 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24765,217 +23036,211 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Алаботинского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1284"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2662"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25004,130 +23269,116 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25150,246 +23401,225 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25399,2115 +23629,1947 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИПН с доходов не облагаемых у источника выплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИПН с доходов не облагаемых у источника выплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27517,532 +25579,490 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28076,164 +26096,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28262,169 +26275,148 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28447,555 +26439,499 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1277" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29005,921 +26941,837 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1277" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно -коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29929,1152 +27781,1047 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1774</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1277" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31084,1078 +28831,966 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32189,164 +29824,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32375,125 +30003,111 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32522,51 +30136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32576,224 +30190,203 @@
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32809,109 +30402,102 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32945,203 +30531,189 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33170,169 +30742,148 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33355,244 +30906,216 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33626,164 +31149,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33812,125 +31328,111 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33959,51 +31461,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34013,224 +31515,203 @@
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34246,738 +31727,668 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34987,149 +32398,135 @@
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35163,203 +32560,189 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35388,169 +32771,148 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35573,321 +32935,293 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1277" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35897,459 +33231,417 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1277" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36359,148 +33651,134 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашения займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36534,164 +33812,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36720,130 +33991,116 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36866,51 +34123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36920,532 +34177,490 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1744" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3589" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2662" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37811,231 +35026,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1637"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2519"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z57" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38064,129 +35277,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38209,777 +35408,714 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2224" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2224" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39013,204 +36149,205 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z58" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тысяч</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39239,129 +36376,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39384,777 +36507,714 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2224" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2224" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>