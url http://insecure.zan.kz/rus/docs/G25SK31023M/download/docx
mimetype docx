--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eda599c" w14:textId="eda599c">
+    <w:p w14:paraId="2ac785f" w14:textId="2ac785f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -212,574 +212,696 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах", маслихат Тайыншинского района Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Утвердить бюджет Чермошнянского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+      1. Утвердить бюджет Чермошнянского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доходы – 66126 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления –17400 тысяч тенге;</w:t>
+      налоговые поступления – 17400 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 48726 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 66126,1 тысяч тенге;</w:t>
+      2) затраты – 74126,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 0,1 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -8000,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – - 0,1 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – -8000,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета – 0,1 тысяч тенге:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 8000,1 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 0,1 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 8000,1 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Чермошнянского сельского округа Тайыншинского района формируются в соответствии с Бюджетным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть в бюджете Чермошнянского сельского округа на 2025 год поступление целевых текущих трансфертов из республиканского бюджета в сумме 132 тысячи тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете Чермошнянского сельского округа на 2025 год поступление целевых текущих трансфертов из районного бюджета в сумме 3644 тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Установить бюджетную субвенцию, передаваемую из районного бюджета в бюджет Чермошнянского сельского округа на 2025 год, в сумме 44950 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Учесть в бюджете Чермошнянского сельского округа на 2025 год расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года, в сумме 0,1 тысяч тенге согласно приложению 4 к настоящему решению.</w:t>
+      6. Учесть в бюджете Чермошнянского сельского округа на 2025 год расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года, в сумме 8000,1 тысяч тенге согласно приложению 4 к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Тайыншинского района Северо-Казахстанской области от 27 декабря 2024 года № 266/20 "Об утверждении бюджета Чермошнянского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1217,130 +1339,170 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 310/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Чермошнянского сельского округаТайыншинского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1353,51 +1515,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="29"/>
+          <w:bookmarkStart w:name="z43" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1756,51 +1918,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1)Доходы</w:t>
+1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2641,51 +2803,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Hалоги на имущество</w:t>
+Hалог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4194,51 +4356,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="30"/>
+          <w:bookmarkStart w:name="z44" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4633,51 +4795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66126,1</w:t>
+74126,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4810,51 +4972,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39831</w:t>
+43811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4987,51 +5149,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39831</w:t>
+43811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5164,51 +5326,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38831</w:t>
+42811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5518,51 +5680,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8729</w:t>
+10249</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5695,51 +5857,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8729</w:t>
+10249</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5872,51 +6034,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5520</w:t>
+6640</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6013,87 +6175,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Благоустройство и озеленение в населенных пунктов</w:t>
-[...35 lines deleted...]
-3209</w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6190,87 +6352,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Культура, спорт, туризм и информационное пространство</w:t>
-[...35 lines deleted...]
-15160</w:t>
+Культура, спорт, туризм и информационной пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6403,51 +6565,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15160</w:t>
+17660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6580,51 +6742,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15160</w:t>
+17660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8089,51 +8251,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="31"/>
+          <w:bookmarkStart w:name="z45" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8543,381 +8705,427 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z46" w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Программа</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8995,469 +9203,467 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Подкласс</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9471,369 +9677,327 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
--0,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9853,160 +10017,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
--0,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10099,1768 +10267,2444 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-0,1</w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-8000,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-8000,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8000,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...69 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...20 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...100 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...164 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8000,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8000,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -11951,51 +12795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,1</w:t>
+8000,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12300,68 +13144,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 310/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="37"/>
+    <w:bookmarkStart w:name="z52" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Чермошнянского сельского округаТайыншинского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12436,70 +13280,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="38"/>
+          <w:bookmarkStart w:name="z53" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15277,70 +16121,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="39"/>
+          <w:bookmarkStart w:name="z54" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18464,70 +19308,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="40"/>
+          <w:bookmarkStart w:name="z55" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
+          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19008,70 +19852,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="41"/>
+          <w:bookmarkStart w:name="z56" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19548,70 +20392,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="42"/>
+          <w:bookmarkStart w:name="z57" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20788,70 +21632,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="43"/>
+          <w:bookmarkStart w:name="z58" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21509,70 +22353,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="44"/>
+          <w:bookmarkStart w:name="z59" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21901,70 +22745,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="45"/>
+          <w:bookmarkStart w:name="z60" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22675,68 +23519,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 310/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="46"/>
+    <w:bookmarkStart w:name="z66" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Чермошнянского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -22811,70 +23655,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="47"/>
+          <w:bookmarkStart w:name="z67" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -25652,70 +26496,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="48"/>
+          <w:bookmarkStart w:name="z68" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -28839,70 +29683,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="49"/>
+          <w:bookmarkStart w:name="z69" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
+          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -29383,70 +30227,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="50"/>
+          <w:bookmarkStart w:name="z70" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -29923,70 +30767,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="51"/>
+          <w:bookmarkStart w:name="z71" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -31163,70 +32007,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="52"/>
+          <w:bookmarkStart w:name="z72" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -31884,70 +32728,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="53"/>
+          <w:bookmarkStart w:name="z73" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
+          <w:bookmarkEnd w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -32276,70 +33120,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="54"/>
+          <w:bookmarkStart w:name="z74" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -33050,68 +33894,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 310/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="55"/>
+    <w:bookmarkStart w:name="z80" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -33201,51 +34083,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33609,51 +34509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,1</w:t>
+8000,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33786,51 +34686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,1</w:t>
+8000,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33963,51 +34863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,1</w:t>
+8000,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -34079,51 +34979,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34483,51 +35401,1821 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,1</w:t>
+8000,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3980</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3980</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3980</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1520</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1520</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационной пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>