--- v1 (2025-12-26)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2ac785f" w14:textId="2ac785f">
+    <w:p w14:paraId="4abea3e" w14:textId="4abea3e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -37778,55 +37778,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>