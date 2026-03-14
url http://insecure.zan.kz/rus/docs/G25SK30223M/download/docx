--- v1 (2025-12-27)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b74c974" w14:textId="b74c974">
+    <w:p w14:paraId="f5a130c" w14:textId="f5a130c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -808,62 +808,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -881,51 +882,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихат Тайыншинского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1325,233 +1326,231 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сноска. Приложение 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 15.10.2025 № 377/26 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1433"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z46" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z40" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1580,129 +1579,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1725,2687 +1710,2484 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2469</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1073</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 642</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 642</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25251</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25251</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4439,180 +4221,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4641,129 +4420,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4786,3842 +4551,3534 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30564</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3088</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3088</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2053</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение в населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8655,180 +8112,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8857,129 +8311,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9002,201 +8442,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9230,180 +8656,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z43" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9432,129 +8855,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9577,204 +8986,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9808,180 +9196,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z44" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10010,129 +9395,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10155,974 +9526,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11156,180 +10436,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z45" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11358,129 +10635,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11503,392 +10766,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11922,178 +11157,175 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12122,129 +11354,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12267,597 +11485,559 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13223,231 +12403,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Тендыкского сельского округа Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1655"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2910"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z52" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13476,129 +12654,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13621,2687 +12785,2484 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23167</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23167</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16335,180 +15296,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z53" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16537,129 +15495,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16682,3084 +15626,2818 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19793,180 +18471,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z54" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19995,129 +18670,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20140,201 +18801,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20368,180 +19015,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z55" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20570,129 +19214,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20715,204 +19345,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20946,180 +19555,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z56" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21148,129 +19754,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21293,974 +19885,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22294,180 +20795,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z57" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22496,129 +20994,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22641,392 +21125,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23060,180 +21516,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z58" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23262,129 +21715,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23407,583 +21846,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1655" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24349,231 +22746,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Тендыкского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1433"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z65" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24602,129 +22997,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24747,2687 +23128,2484 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3567</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 952</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27461,180 +25639,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z66" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27663,129 +25838,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27808,2502 +25969,2299 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1109</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30337,180 +28295,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z67" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30539,129 +28494,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30684,201 +28625,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30912,180 +28839,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z68" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31114,129 +29038,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31259,204 +29169,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31490,180 +29379,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z69" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31692,129 +29578,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31837,974 +29709,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32838,180 +30619,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z70" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33040,129 +30818,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33185,392 +30949,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33604,180 +31340,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z71" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33806,129 +31539,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33951,583 +31670,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34893,231 +32570,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1563"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2961"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3529" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z78" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35146,129 +32821,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35291,777 +32952,714 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3529" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3529" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3529" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3529" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36095,204 +33693,205 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3529" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z79" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тысяч</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36321,129 +33920,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36466,777 +34051,714 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3529" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3529" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3529" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3529" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>